--- v0 (2025-10-31)
+++ v1 (2026-03-04)
@@ -40,51 +40,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="11">
   <si>
     <t>Donnée brute</t>
   </si>
   <si>
     <t>Donnée validée</t>
   </si>
   <si>
     <t>Etat</t>
   </si>
   <si>
     <t>Valeur (en m NGF)</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Etang de Capestang - ENS Centre (Capestang) - Roselière</t>
   </si>
   <si>
-    <t>Edité le 31/10/2025</t>
+    <t>Edité le 04/03/2026</t>
   </si>
   <si>
     <t>DGA Développement de l'économie territoriale, insertion, environnement</t>
   </si>
   <si>
     <t>Observatoire Départemental Climatologie Eau Environnement Littoral</t>
   </si>
   <si>
     <t>ENS Etang de Capestang : Chroniques de niveau d'eau</t>
   </si>
   <si>
     <t>Etang de Capestang - ENS Sud (Montels) - Prairie humide</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -655,51 +655,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D773"/>
+  <dimension ref="A1:D897"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="9" activePane="bottomLeft" state="frozen" topLeftCell="A10"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.06" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.34" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.63" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" customHeight="1" ht="20"/>
     <row r="2" spans="1:4" customHeight="1" ht="20">
       <c r="A2" s="13" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4" customHeight="1" ht="20">
       <c r="A3" s="13" t="s">
         <v>8</v>
       </c>
     </row>
@@ -8320,863 +8320,2227 @@
         <v>0.922</v>
       </c>
       <c r="D699" s="11" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="700" spans="1:4">
       <c r="B700" s="6">
         <v>45887.312546296</v>
       </c>
       <c r="C700" s="1">
         <v>0.911</v>
       </c>
       <c r="D700" s="11" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="701" spans="1:4">
       <c r="B701" s="6">
         <v>45888.312546296</v>
       </c>
       <c r="C701" s="1">
         <v>0.898</v>
       </c>
       <c r="D701" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="702" spans="1:4">
       <c r="B702" s="6">
         <v>45889.312546296</v>
       </c>
       <c r="C702" s="1">
         <v>0.894</v>
       </c>
       <c r="D702" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="703" spans="1:4">
       <c r="B703" s="6">
         <v>45890.312546296</v>
       </c>
       <c r="C703" s="1">
         <v>0.871</v>
       </c>
       <c r="D703" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="704" spans="1:4">
       <c r="B704" s="6">
         <v>45891.312546296</v>
       </c>
       <c r="C704" s="1">
         <v>0.829</v>
       </c>
       <c r="D704" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="705" spans="1:4">
       <c r="B705" s="6">
         <v>45892.312546296</v>
       </c>
       <c r="C705" s="1">
         <v>0.782</v>
       </c>
       <c r="D705" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="706" spans="1:4">
       <c r="B706" s="6">
         <v>45893.312546296</v>
       </c>
       <c r="C706" s="1">
-        <v>0.747</v>
+        <v>0.746</v>
       </c>
       <c r="D706" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="707" spans="1:4">
       <c r="B707" s="6">
         <v>45894.312546296</v>
       </c>
       <c r="C707" s="1">
-        <v>0.718</v>
+        <v>0.717</v>
       </c>
       <c r="D707" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="708" spans="1:4">
       <c r="B708" s="6">
         <v>45895.312546296</v>
       </c>
       <c r="C708" s="1">
-        <v>0.714</v>
+        <v>0.713</v>
       </c>
       <c r="D708" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="709" spans="1:4">
       <c r="B709" s="6">
         <v>45896.312546296</v>
       </c>
       <c r="C709" s="1">
-        <v>0.772</v>
+        <v>0.771</v>
       </c>
       <c r="D709" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="710" spans="1:4">
       <c r="B710" s="6">
         <v>45897.312546296</v>
       </c>
       <c r="C710" s="1">
-        <v>0.774</v>
+        <v>0.773</v>
       </c>
       <c r="D710" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="711" spans="1:4">
       <c r="B711" s="6">
         <v>45898.312546296</v>
       </c>
       <c r="C711" s="1">
-        <v>0.707</v>
+        <v>0.706</v>
       </c>
       <c r="D711" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="712" spans="1:4">
       <c r="B712" s="6">
         <v>45899.312546296</v>
       </c>
       <c r="C712" s="1">
-        <v>0.688</v>
+        <v>0.687</v>
       </c>
       <c r="D712" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="713" spans="1:4">
       <c r="B713" s="6">
         <v>45900.312546296</v>
       </c>
       <c r="C713" s="1">
-        <v>0.657</v>
+        <v>0.656</v>
       </c>
       <c r="D713" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="714" spans="1:4">
       <c r="B714" s="6">
         <v>45901.312546296</v>
       </c>
       <c r="C714" s="1">
-        <v>0.719</v>
+        <v>0.718</v>
       </c>
       <c r="D714" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="715" spans="1:4">
       <c r="B715" s="6">
         <v>45902.312546296</v>
       </c>
       <c r="C715" s="1">
-        <v>0.636</v>
+        <v>0.634</v>
       </c>
       <c r="D715" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="716" spans="1:4">
       <c r="B716" s="6">
         <v>45903.312546296</v>
       </c>
       <c r="C716" s="1">
-        <v>0.617</v>
+        <v>0.615</v>
       </c>
       <c r="D716" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="717" spans="1:4">
       <c r="B717" s="6">
         <v>45904.312546296</v>
       </c>
       <c r="C717" s="1">
-        <v>0.602</v>
+        <v>0.6</v>
       </c>
       <c r="D717" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="718" spans="1:4">
       <c r="B718" s="6">
         <v>45905.312546296</v>
       </c>
       <c r="C718" s="1">
-        <v>0.585</v>
+        <v>0.583</v>
       </c>
       <c r="D718" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="719" spans="1:4">
       <c r="B719" s="6">
         <v>45906.312546296</v>
       </c>
       <c r="C719" s="1">
-        <v>0.574</v>
+        <v>0.572</v>
       </c>
       <c r="D719" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="720" spans="1:4">
       <c r="B720" s="6">
         <v>45907.312546296</v>
       </c>
       <c r="C720" s="1">
-        <v>0.566</v>
+        <v>0.564</v>
       </c>
       <c r="D720" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="721" spans="1:4">
       <c r="B721" s="6">
         <v>45908.312546296</v>
       </c>
       <c r="C721" s="1">
-        <v>0.566</v>
+        <v>0.564</v>
       </c>
       <c r="D721" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="722" spans="1:4">
       <c r="B722" s="6">
         <v>45909.312546296</v>
       </c>
       <c r="C722" s="1">
-        <v>0.569</v>
+        <v>0.567</v>
       </c>
       <c r="D722" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="723" spans="1:4">
       <c r="B723" s="6">
         <v>45910.312546296</v>
       </c>
       <c r="C723" s="1">
-        <v>0.561</v>
+        <v>0.559</v>
       </c>
       <c r="D723" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="724" spans="1:4">
       <c r="B724" s="6">
         <v>45911.312546296</v>
       </c>
       <c r="C724" s="1">
-        <v>0.549</v>
+        <v>0.547</v>
       </c>
       <c r="D724" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="725" spans="1:4">
       <c r="B725" s="6">
         <v>45912.312546296</v>
       </c>
       <c r="C725" s="1">
-        <v>0.537</v>
+        <v>0.534</v>
       </c>
       <c r="D725" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="726" spans="1:4">
       <c r="B726" s="6">
         <v>45913.312546296</v>
       </c>
       <c r="C726" s="1">
-        <v>0.529</v>
+        <v>0.526</v>
       </c>
       <c r="D726" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="727" spans="1:4">
       <c r="B727" s="6">
         <v>45914.312546296</v>
       </c>
       <c r="C727" s="1">
-        <v>0.519</v>
+        <v>0.516</v>
       </c>
       <c r="D727" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="728" spans="1:4">
       <c r="B728" s="6">
         <v>45915.312546296</v>
       </c>
       <c r="C728" s="1">
-        <v>0.512</v>
+        <v>0.509</v>
       </c>
       <c r="D728" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="729" spans="1:4">
       <c r="B729" s="6">
         <v>45916.312546296</v>
       </c>
       <c r="C729" s="1">
-        <v>0.504</v>
+        <v>0.501</v>
       </c>
       <c r="D729" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="730" spans="1:4">
       <c r="B730" s="6">
         <v>45917.312546296</v>
       </c>
       <c r="C730" s="1">
-        <v>0.493</v>
+        <v>0.49</v>
       </c>
       <c r="D730" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="731" spans="1:4">
       <c r="B731" s="6">
         <v>45918.312546296</v>
       </c>
       <c r="C731" s="1">
-        <v>0.481</v>
+        <v>0.478</v>
       </c>
       <c r="D731" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="732" spans="1:4">
       <c r="B732" s="6">
         <v>45919.312546296</v>
       </c>
       <c r="C732" s="1">
-        <v>0.473</v>
+        <v>0.47</v>
       </c>
       <c r="D732" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="733" spans="1:4">
       <c r="B733" s="6">
         <v>45920.312546296</v>
       </c>
       <c r="C733" s="1">
-        <v>0.463</v>
+        <v>0.459</v>
       </c>
       <c r="D733" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="734" spans="1:4">
       <c r="B734" s="6">
         <v>45921.312546296</v>
       </c>
       <c r="C734" s="1">
-        <v>0.567</v>
+        <v>0.563</v>
       </c>
       <c r="D734" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="735" spans="1:4">
       <c r="B735" s="6">
         <v>45922.312546296</v>
       </c>
       <c r="C735" s="1">
-        <v>0.569</v>
+        <v>0.565</v>
       </c>
       <c r="D735" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="736" spans="1:4">
       <c r="B736" s="6">
         <v>45923.312546296</v>
       </c>
       <c r="C736" s="1">
-        <v>0.557</v>
+        <v>0.553</v>
       </c>
       <c r="D736" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="737" spans="1:4">
       <c r="B737" s="6">
         <v>45924.312546296</v>
       </c>
       <c r="C737" s="1">
-        <v>0.544</v>
+        <v>0.54</v>
       </c>
       <c r="D737" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="738" spans="1:4">
       <c r="B738" s="6">
         <v>45925.312546296</v>
       </c>
       <c r="C738" s="1">
-        <v>0.531</v>
+        <v>0.527</v>
       </c>
       <c r="D738" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="739" spans="1:4">
       <c r="B739" s="6">
         <v>45926.312546296</v>
       </c>
       <c r="C739" s="1">
-        <v>0.522</v>
+        <v>0.518</v>
       </c>
       <c r="D739" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="740" spans="1:4">
       <c r="B740" s="6">
         <v>45927.312546296</v>
       </c>
       <c r="C740" s="1">
-        <v>0.514</v>
+        <v>0.51</v>
       </c>
       <c r="D740" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="741" spans="1:4">
       <c r="B741" s="6">
         <v>45928.312546296</v>
       </c>
       <c r="C741" s="1">
-        <v>0.504</v>
+        <v>0.5</v>
       </c>
       <c r="D741" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="742" spans="1:4">
       <c r="B742" s="6">
         <v>45929.312546296</v>
       </c>
       <c r="C742" s="1">
-        <v>0.515</v>
+        <v>0.51</v>
       </c>
       <c r="D742" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="743" spans="1:4">
       <c r="B743" s="6">
         <v>45930.312546296</v>
       </c>
       <c r="C743" s="1">
-        <v>0.542</v>
+        <v>0.537</v>
       </c>
       <c r="D743" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="744" spans="1:4">
       <c r="B744" s="6">
         <v>45931.312546296</v>
       </c>
       <c r="C744" s="1">
-        <v>0.562</v>
+        <v>0.557</v>
       </c>
       <c r="D744" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="745" spans="1:4">
       <c r="B745" s="6">
         <v>45932.312546296</v>
       </c>
       <c r="C745" s="1">
-        <v>0.578</v>
+        <v>0.573</v>
       </c>
       <c r="D745" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="746" spans="1:4">
       <c r="B746" s="6">
         <v>45933.312546296</v>
       </c>
       <c r="C746" s="1">
-        <v>0.592</v>
+        <v>0.587</v>
       </c>
       <c r="D746" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="747" spans="1:4">
       <c r="B747" s="6">
         <v>45934.312546296</v>
       </c>
       <c r="C747" s="1">
-        <v>0.603</v>
+        <v>0.598</v>
       </c>
       <c r="D747" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="748" spans="1:4">
       <c r="B748" s="6">
         <v>45935.312546296</v>
       </c>
       <c r="C748" s="1">
-        <v>0.597</v>
+        <v>0.592</v>
       </c>
       <c r="D748" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="749" spans="1:4">
       <c r="B749" s="6">
         <v>45936.312546296</v>
       </c>
       <c r="C749" s="1">
-        <v>0.583</v>
+        <v>0.578</v>
       </c>
       <c r="D749" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="750" spans="1:4">
       <c r="B750" s="6">
         <v>45937.312546296</v>
       </c>
       <c r="C750" s="1">
-        <v>0.574</v>
+        <v>0.569</v>
       </c>
       <c r="D750" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="751" spans="1:4">
       <c r="B751" s="6">
         <v>45938.312546296</v>
       </c>
       <c r="C751" s="1">
-        <v>0.565</v>
+        <v>0.56</v>
       </c>
       <c r="D751" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="752" spans="1:4">
       <c r="B752" s="6">
         <v>45939.312546296</v>
       </c>
       <c r="C752" s="1">
-        <v>0.558</v>
+        <v>0.552</v>
       </c>
       <c r="D752" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="753" spans="1:4">
       <c r="B753" s="6">
         <v>45940.312546296</v>
       </c>
       <c r="C753" s="1">
-        <v>0.548</v>
+        <v>0.542</v>
       </c>
       <c r="D753" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="754" spans="1:4">
       <c r="B754" s="6">
         <v>45941.312546296</v>
       </c>
       <c r="C754" s="1">
-        <v>0.54</v>
+        <v>0.534</v>
       </c>
       <c r="D754" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="755" spans="1:4">
       <c r="B755" s="6">
         <v>45942.312546296</v>
       </c>
       <c r="C755" s="1">
-        <v>0.535</v>
+        <v>0.529</v>
       </c>
       <c r="D755" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="756" spans="1:4">
       <c r="B756" s="6">
         <v>45943.312546296</v>
       </c>
       <c r="C756" s="1">
-        <v>0.532</v>
+        <v>0.526</v>
       </c>
       <c r="D756" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="757" spans="1:4">
       <c r="B757" s="6">
         <v>45944.312546296</v>
       </c>
       <c r="C757" s="1">
-        <v>0.53</v>
+        <v>0.524</v>
       </c>
       <c r="D757" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="758" spans="1:4">
       <c r="B758" s="6">
         <v>45945.312546296</v>
       </c>
       <c r="C758" s="1">
-        <v>0.522</v>
+        <v>0.516</v>
       </c>
       <c r="D758" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="759" spans="1:4">
       <c r="B759" s="6">
         <v>45946.312546296</v>
       </c>
       <c r="C759" s="1">
-        <v>0.519</v>
+        <v>0.513</v>
       </c>
       <c r="D759" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="760" spans="1:4">
       <c r="B760" s="6">
         <v>45947.312546296</v>
       </c>
       <c r="C760" s="1">
-        <v>0.515</v>
+        <v>0.509</v>
       </c>
       <c r="D760" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="761" spans="1:4">
       <c r="B761" s="6">
         <v>45948.312546296</v>
       </c>
       <c r="C761" s="1">
-        <v>0.51</v>
+        <v>0.504</v>
       </c>
       <c r="D761" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="762" spans="1:4">
       <c r="B762" s="6">
         <v>45949.312546296</v>
       </c>
       <c r="C762" s="1">
-        <v>0.517</v>
+        <v>0.51</v>
       </c>
       <c r="D762" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="763" spans="1:4">
       <c r="B763" s="6">
         <v>45950.312546296</v>
       </c>
       <c r="C763" s="1">
-        <v>0.523</v>
+        <v>0.516</v>
       </c>
       <c r="D763" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="764" spans="1:4">
       <c r="B764" s="6">
         <v>45951.312546296</v>
       </c>
       <c r="C764" s="1">
-        <v>0.522</v>
+        <v>0.515</v>
       </c>
       <c r="D764" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="765" spans="1:4">
       <c r="B765" s="6">
         <v>45952.312546296</v>
       </c>
       <c r="C765" s="1">
-        <v>0.526</v>
+        <v>0.519</v>
       </c>
       <c r="D765" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="766" spans="1:4">
       <c r="B766" s="6">
         <v>45953.312546296</v>
       </c>
       <c r="C766" s="1">
-        <v>0.536</v>
+        <v>0.529</v>
       </c>
       <c r="D766" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="767" spans="1:4">
       <c r="B767" s="6">
         <v>45954.312546296</v>
       </c>
       <c r="C767" s="1">
-        <v>0.521</v>
+        <v>0.514</v>
       </c>
       <c r="D767" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="768" spans="1:4">
       <c r="B768" s="6">
         <v>45955.312546296</v>
       </c>
       <c r="C768" s="1">
-        <v>0.521</v>
+        <v>0.514</v>
       </c>
       <c r="D768" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="769" spans="1:4">
       <c r="B769" s="6">
         <v>45956.312546296</v>
       </c>
       <c r="C769" s="1">
-        <v>0.514</v>
+        <v>0.507</v>
       </c>
       <c r="D769" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="770" spans="1:4">
       <c r="B770" s="6">
         <v>45957.312546296</v>
       </c>
       <c r="C770" s="1">
-        <v>0.508</v>
+        <v>0.5</v>
       </c>
       <c r="D770" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="771" spans="1:4">
       <c r="B771" s="6">
         <v>45958.312546296</v>
       </c>
       <c r="C771" s="1">
-        <v>0.502</v>
+        <v>0.494</v>
       </c>
       <c r="D771" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="772" spans="1:4">
       <c r="B772" s="6">
         <v>45959.312546296</v>
       </c>
       <c r="C772" s="1">
-        <v>0.505</v>
+        <v>0.497</v>
       </c>
       <c r="D772" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="773" spans="1:4">
+      <c r="B773" s="6">
+        <v>45960.312546296</v>
+      </c>
+      <c r="C773" s="1">
+        <v>0.49</v>
+      </c>
+      <c r="D773" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="774" spans="1:4">
+      <c r="B774" s="6">
+        <v>45961.312546296</v>
+      </c>
+      <c r="C774" s="1">
+        <v>0.485</v>
+      </c>
+      <c r="D774" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="775" spans="1:4">
+      <c r="B775" s="6">
+        <v>45962.312546296</v>
+      </c>
+      <c r="C775" s="1">
+        <v>0.486</v>
+      </c>
+      <c r="D775" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="776" spans="1:4">
+      <c r="B776" s="6">
+        <v>45963.312546296</v>
+      </c>
+      <c r="C776" s="1">
+        <v>0.487</v>
+      </c>
+      <c r="D776" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="777" spans="1:4">
+      <c r="B777" s="6">
+        <v>45964.312546296</v>
+      </c>
+      <c r="C777" s="1">
+        <v>0.48</v>
+      </c>
+      <c r="D777" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="778" spans="1:4">
+      <c r="B778" s="6">
+        <v>45965.312546296</v>
+      </c>
+      <c r="C778" s="1">
+        <v>0.475</v>
+      </c>
+      <c r="D778" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="779" spans="1:4">
+      <c r="B779" s="6">
+        <v>45966.312546296</v>
+      </c>
+      <c r="C779" s="1">
+        <v>0.477</v>
+      </c>
+      <c r="D779" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="780" spans="1:4">
+      <c r="B780" s="6">
+        <v>45967.312546296</v>
+      </c>
+      <c r="C780" s="1">
+        <v>0.728</v>
+      </c>
+      <c r="D780" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="781" spans="1:4">
+      <c r="B781" s="6">
+        <v>45968.312546296</v>
+      </c>
+      <c r="C781" s="1">
+        <v>0.794</v>
+      </c>
+      <c r="D781" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="782" spans="1:4">
+      <c r="B782" s="6">
+        <v>45969.312546296</v>
+      </c>
+      <c r="C782" s="1">
+        <v>0.812</v>
+      </c>
+      <c r="D782" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="783" spans="1:4">
+      <c r="B783" s="6">
+        <v>45970.312546296</v>
+      </c>
+      <c r="C783" s="1">
+        <v>0.824</v>
+      </c>
+      <c r="D783" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="784" spans="1:4">
+      <c r="B784" s="6">
+        <v>45971.312546296</v>
+      </c>
+      <c r="C784" s="1">
+        <v>0.839</v>
+      </c>
+      <c r="D784" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="785" spans="1:4">
+      <c r="B785" s="6">
+        <v>45972.312546296</v>
+      </c>
+      <c r="C785" s="1">
+        <v>0.849</v>
+      </c>
+      <c r="D785" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="786" spans="1:4">
+      <c r="B786" s="6">
+        <v>45973.312546296</v>
+      </c>
+      <c r="C786" s="1">
+        <v>0.86</v>
+      </c>
+      <c r="D786" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="787" spans="1:4">
+      <c r="B787" s="6">
+        <v>45974.312546296</v>
+      </c>
+      <c r="C787" s="1">
+        <v>0.875</v>
+      </c>
+      <c r="D787" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="788" spans="1:4">
+      <c r="B788" s="6">
+        <v>45975.312546296</v>
+      </c>
+      <c r="C788" s="1">
+        <v>0.885</v>
+      </c>
+      <c r="D788" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="789" spans="1:4">
+      <c r="B789" s="6">
+        <v>45976.312546296</v>
+      </c>
+      <c r="C789" s="1">
+        <v>0.875</v>
+      </c>
+      <c r="D789" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="790" spans="1:4">
+      <c r="B790" s="6">
+        <v>45977.312546296</v>
+      </c>
+      <c r="C790" s="1">
+        <v>0.874</v>
+      </c>
+      <c r="D790" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="791" spans="1:4">
+      <c r="B791" s="6">
+        <v>45978.312546296</v>
+      </c>
+      <c r="C791" s="1">
+        <v>0.875</v>
+      </c>
+      <c r="D791" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="792" spans="1:4">
+      <c r="B792" s="6">
+        <v>45979.312546296</v>
+      </c>
+      <c r="C792" s="1">
+        <v>0.875</v>
+      </c>
+      <c r="D792" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="793" spans="1:4">
+      <c r="B793" s="6">
+        <v>45980.312546296</v>
+      </c>
+      <c r="C793" s="1">
+        <v>0.875</v>
+      </c>
+      <c r="D793" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="794" spans="1:4">
+      <c r="B794" s="6">
+        <v>45981.312546296</v>
+      </c>
+      <c r="C794" s="1">
+        <v>0.875</v>
+      </c>
+      <c r="D794" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="795" spans="1:4">
+      <c r="B795" s="6">
+        <v>45982.312546296</v>
+      </c>
+      <c r="C795" s="1">
+        <v>0.873</v>
+      </c>
+      <c r="D795" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="796" spans="1:4">
+      <c r="B796" s="6">
+        <v>45983.312546296</v>
+      </c>
+      <c r="C796" s="1">
+        <v>0.872</v>
+      </c>
+      <c r="D796" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="797" spans="1:4">
+      <c r="B797" s="6">
+        <v>45984.312546296</v>
+      </c>
+      <c r="C797" s="1">
+        <v>0.881</v>
+      </c>
+      <c r="D797" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="798" spans="1:4">
+      <c r="B798" s="6">
+        <v>45985.312546296</v>
+      </c>
+      <c r="C798" s="1">
+        <v>0.887</v>
+      </c>
+      <c r="D798" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="799" spans="1:4">
+      <c r="B799" s="6">
+        <v>45986.312546296</v>
+      </c>
+      <c r="C799" s="1">
+        <v>0.887</v>
+      </c>
+      <c r="D799" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="800" spans="1:4">
+      <c r="B800" s="6">
+        <v>45987.312546296</v>
+      </c>
+      <c r="C800" s="1">
+        <v>0.883</v>
+      </c>
+      <c r="D800" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="801" spans="1:4">
+      <c r="B801" s="6">
+        <v>45988.312546296</v>
+      </c>
+      <c r="C801" s="1">
+        <v>0.882</v>
+      </c>
+      <c r="D801" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="802" spans="1:4">
+      <c r="B802" s="6">
+        <v>45989.312546296</v>
+      </c>
+      <c r="C802" s="1">
+        <v>0.886</v>
+      </c>
+      <c r="D802" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="803" spans="1:4">
+      <c r="B803" s="6">
+        <v>45990.312546296</v>
+      </c>
+      <c r="C803" s="1">
+        <v>0.89</v>
+      </c>
+      <c r="D803" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="804" spans="1:4">
+      <c r="B804" s="6">
+        <v>45991.312546296</v>
+      </c>
+      <c r="C804" s="1">
+        <v>0.89</v>
+      </c>
+      <c r="D804" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="805" spans="1:4">
+      <c r="B805" s="6">
+        <v>45992.312546296</v>
+      </c>
+      <c r="C805" s="1">
+        <v>0.894</v>
+      </c>
+      <c r="D805" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="806" spans="1:4">
+      <c r="B806" s="6">
+        <v>45993.312546296</v>
+      </c>
+      <c r="C806" s="1">
+        <v>0.898</v>
+      </c>
+      <c r="D806" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="807" spans="1:4">
+      <c r="B807" s="6">
+        <v>45994.312546296</v>
+      </c>
+      <c r="C807" s="1">
+        <v>0.899</v>
+      </c>
+      <c r="D807" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="808" spans="1:4">
+      <c r="B808" s="6">
+        <v>45995.312546296</v>
+      </c>
+      <c r="C808" s="1">
+        <v>0.901</v>
+      </c>
+      <c r="D808" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="809" spans="1:4">
+      <c r="B809" s="6">
+        <v>45996.312546296</v>
+      </c>
+      <c r="C809" s="1">
+        <v>0.904</v>
+      </c>
+      <c r="D809" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="810" spans="1:4">
+      <c r="B810" s="6">
+        <v>45997.312546296</v>
+      </c>
+      <c r="C810" s="1">
+        <v>0.906</v>
+      </c>
+      <c r="D810" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="811" spans="1:4">
+      <c r="B811" s="6">
+        <v>45998.312546296</v>
+      </c>
+      <c r="C811" s="1">
+        <v>0.91</v>
+      </c>
+      <c r="D811" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="812" spans="1:4">
+      <c r="B812" s="6">
+        <v>45999.312546296</v>
+      </c>
+      <c r="C812" s="1">
+        <v>0.912</v>
+      </c>
+      <c r="D812" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="813" spans="1:4">
+      <c r="B813" s="6">
+        <v>46000.312546296</v>
+      </c>
+      <c r="C813" s="1">
+        <v>0.919</v>
+      </c>
+      <c r="D813" s="11" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="773" spans="1:4">
-[...6 lines deleted...]
-      <c r="D773" s="12" t="s">
+    <row r="814" spans="1:4">
+      <c r="B814" s="6">
+        <v>46001.312546296</v>
+      </c>
+      <c r="C814" s="1">
+        <v>0.92</v>
+      </c>
+      <c r="D814" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="815" spans="1:4">
+      <c r="B815" s="6">
+        <v>46002.312546296</v>
+      </c>
+      <c r="C815" s="1">
+        <v>0.925</v>
+      </c>
+      <c r="D815" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="816" spans="1:4">
+      <c r="B816" s="6">
+        <v>46003.312546296</v>
+      </c>
+      <c r="C816" s="1">
+        <v>0.932</v>
+      </c>
+      <c r="D816" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="817" spans="1:4">
+      <c r="B817" s="6">
+        <v>46004.312546296</v>
+      </c>
+      <c r="C817" s="1">
+        <v>0.932</v>
+      </c>
+      <c r="D817" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="818" spans="1:4">
+      <c r="B818" s="6">
+        <v>46005.312546296</v>
+      </c>
+      <c r="C818" s="1">
+        <v>0.942</v>
+      </c>
+      <c r="D818" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="819" spans="1:4">
+      <c r="B819" s="6">
+        <v>46006.312546296</v>
+      </c>
+      <c r="C819" s="1">
+        <v>0.978</v>
+      </c>
+      <c r="D819" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="820" spans="1:4">
+      <c r="B820" s="6">
+        <v>46007.312546296</v>
+      </c>
+      <c r="C820" s="1">
+        <v>0.994</v>
+      </c>
+      <c r="D820" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="821" spans="1:4">
+      <c r="B821" s="6">
+        <v>46008.312546296</v>
+      </c>
+      <c r="C821" s="1">
+        <v>0.99</v>
+      </c>
+      <c r="D821" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="822" spans="1:4">
+      <c r="B822" s="6">
+        <v>46009.312546296</v>
+      </c>
+      <c r="C822" s="1">
+        <v>1.0</v>
+      </c>
+      <c r="D822" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="823" spans="1:4">
+      <c r="B823" s="6">
+        <v>46010.312546296</v>
+      </c>
+      <c r="C823" s="1">
+        <v>1.0</v>
+      </c>
+      <c r="D823" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="824" spans="1:4">
+      <c r="B824" s="6">
+        <v>46011.312546296</v>
+      </c>
+      <c r="C824" s="1">
+        <v>1.016</v>
+      </c>
+      <c r="D824" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="825" spans="1:4">
+      <c r="B825" s="6">
+        <v>46012.312546296</v>
+      </c>
+      <c r="C825" s="1">
+        <v>1.049</v>
+      </c>
+      <c r="D825" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="826" spans="1:4">
+      <c r="B826" s="6">
+        <v>46013.312546296</v>
+      </c>
+      <c r="C826" s="1">
+        <v>1.09</v>
+      </c>
+      <c r="D826" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="827" spans="1:4">
+      <c r="B827" s="6">
+        <v>46014.312546296</v>
+      </c>
+      <c r="C827" s="1">
+        <v>1.164</v>
+      </c>
+      <c r="D827" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="828" spans="1:4">
+      <c r="B828" s="6">
+        <v>46015.312546296</v>
+      </c>
+      <c r="C828" s="1">
+        <v>1.182</v>
+      </c>
+      <c r="D828" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="829" spans="1:4">
+      <c r="B829" s="6">
+        <v>46016.312546296</v>
+      </c>
+      <c r="C829" s="1">
+        <v>1.19</v>
+      </c>
+      <c r="D829" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="830" spans="1:4">
+      <c r="B830" s="6">
+        <v>46017.312546296</v>
+      </c>
+      <c r="C830" s="1">
+        <v>1.203</v>
+      </c>
+      <c r="D830" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="831" spans="1:4">
+      <c r="B831" s="6">
+        <v>46018.312546296</v>
+      </c>
+      <c r="C831" s="1">
+        <v>1.206</v>
+      </c>
+      <c r="D831" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="832" spans="1:4">
+      <c r="B832" s="6">
+        <v>46019.312546296</v>
+      </c>
+      <c r="C832" s="1">
+        <v>1.202</v>
+      </c>
+      <c r="D832" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="833" spans="1:4">
+      <c r="B833" s="6">
+        <v>46020.312546296</v>
+      </c>
+      <c r="C833" s="1">
+        <v>1.205</v>
+      </c>
+      <c r="D833" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="834" spans="1:4">
+      <c r="B834" s="6">
+        <v>46021.312546296</v>
+      </c>
+      <c r="C834" s="1">
+        <v>1.204</v>
+      </c>
+      <c r="D834" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="835" spans="1:4">
+      <c r="B835" s="6">
+        <v>46022.312546296</v>
+      </c>
+      <c r="C835" s="1">
+        <v>1.203</v>
+      </c>
+      <c r="D835" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="836" spans="1:4">
+      <c r="B836" s="6">
+        <v>46023.312546296</v>
+      </c>
+      <c r="C836" s="1">
+        <v>1.203</v>
+      </c>
+      <c r="D836" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="837" spans="1:4">
+      <c r="B837" s="6">
+        <v>46024.312546296</v>
+      </c>
+      <c r="C837" s="1">
+        <v>1.205</v>
+      </c>
+      <c r="D837" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="838" spans="1:4">
+      <c r="B838" s="6">
+        <v>46025.312546296</v>
+      </c>
+      <c r="C838" s="1">
+        <v>1.205</v>
+      </c>
+      <c r="D838" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="839" spans="1:4">
+      <c r="B839" s="6">
+        <v>46026.312546296</v>
+      </c>
+      <c r="C839" s="1">
+        <v>1.203</v>
+      </c>
+      <c r="D839" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="840" spans="1:4">
+      <c r="B840" s="6">
+        <v>46027.312546296</v>
+      </c>
+      <c r="C840" s="1">
+        <v>1.201</v>
+      </c>
+      <c r="D840" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="841" spans="1:4">
+      <c r="B841" s="6">
+        <v>46028.312546296</v>
+      </c>
+      <c r="C841" s="1">
+        <v>1.201</v>
+      </c>
+      <c r="D841" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="842" spans="1:4">
+      <c r="B842" s="6">
+        <v>46029.312546296</v>
+      </c>
+      <c r="C842" s="1">
+        <v>1.201</v>
+      </c>
+      <c r="D842" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="843" spans="1:4">
+      <c r="B843" s="6">
+        <v>46030.312546296</v>
+      </c>
+      <c r="C843" s="1">
+        <v>1.203</v>
+      </c>
+      <c r="D843" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="844" spans="1:4">
+      <c r="B844" s="6">
+        <v>46031.312546296</v>
+      </c>
+      <c r="C844" s="1">
+        <v>1.203</v>
+      </c>
+      <c r="D844" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="845" spans="1:4">
+      <c r="B845" s="6">
+        <v>46032.312546296</v>
+      </c>
+      <c r="C845" s="1">
+        <v>1.201</v>
+      </c>
+      <c r="D845" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="846" spans="1:4">
+      <c r="B846" s="6">
+        <v>46033.312546296</v>
+      </c>
+      <c r="C846" s="1">
+        <v>1.206</v>
+      </c>
+      <c r="D846" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="847" spans="1:4">
+      <c r="B847" s="6">
+        <v>46034.312546296</v>
+      </c>
+      <c r="C847" s="1">
+        <v>1.208</v>
+      </c>
+      <c r="D847" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="848" spans="1:4">
+      <c r="B848" s="6">
+        <v>46035.312546296</v>
+      </c>
+      <c r="C848" s="1">
+        <v>1.214</v>
+      </c>
+      <c r="D848" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="849" spans="1:4">
+      <c r="B849" s="6">
+        <v>46036.312546296</v>
+      </c>
+      <c r="C849" s="1">
+        <v>1.212</v>
+      </c>
+      <c r="D849" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="850" spans="1:4">
+      <c r="B850" s="6">
+        <v>46037.312546296</v>
+      </c>
+      <c r="C850" s="1">
+        <v>1.216</v>
+      </c>
+      <c r="D850" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="851" spans="1:4">
+      <c r="B851" s="6">
+        <v>46038.312546296</v>
+      </c>
+      <c r="C851" s="1">
+        <v>1.218</v>
+      </c>
+      <c r="D851" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="852" spans="1:4">
+      <c r="B852" s="6">
+        <v>46039.312546296</v>
+      </c>
+      <c r="C852" s="1">
+        <v>1.292</v>
+      </c>
+      <c r="D852" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="853" spans="1:4">
+      <c r="B853" s="6">
+        <v>46040.312546296</v>
+      </c>
+      <c r="C853" s="1">
+        <v>1.78</v>
+      </c>
+      <c r="D853" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="854" spans="1:4">
+      <c r="B854" s="6">
+        <v>46041.312546296</v>
+      </c>
+      <c r="C854" s="1">
+        <v>2.242</v>
+      </c>
+      <c r="D854" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="855" spans="1:4">
+      <c r="B855" s="6">
+        <v>46042.312546296</v>
+      </c>
+      <c r="C855" s="1">
+        <v>3.039</v>
+      </c>
+      <c r="D855" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="856" spans="1:4">
+      <c r="B856" s="6">
+        <v>46043.312546296</v>
+      </c>
+      <c r="C856" s="1">
+        <v>3.352</v>
+      </c>
+      <c r="D856" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="857" spans="1:4">
+      <c r="B857" s="6">
+        <v>46044.312546296</v>
+      </c>
+      <c r="C857" s="1">
+        <v>3.486</v>
+      </c>
+      <c r="D857" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="858" spans="1:4">
+      <c r="B858" s="6">
+        <v>46045.312546296</v>
+      </c>
+      <c r="C858" s="1">
+        <v>3.468</v>
+      </c>
+      <c r="D858" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="859" spans="1:4">
+      <c r="B859" s="6">
+        <v>46046.312546296</v>
+      </c>
+      <c r="C859" s="1">
+        <v>3.501</v>
+      </c>
+      <c r="D859" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="860" spans="1:4">
+      <c r="B860" s="6">
+        <v>46047.312546296</v>
+      </c>
+      <c r="C860" s="1">
+        <v>3.604</v>
+      </c>
+      <c r="D860" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="861" spans="1:4">
+      <c r="B861" s="6">
+        <v>46048.312546296</v>
+      </c>
+      <c r="C861" s="1">
+        <v>3.695</v>
+      </c>
+      <c r="D861" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="862" spans="1:4">
+      <c r="B862" s="6">
+        <v>46049.312546296</v>
+      </c>
+      <c r="C862" s="1">
+        <v>3.636</v>
+      </c>
+      <c r="D862" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="863" spans="1:4">
+      <c r="B863" s="6">
+        <v>46050.312546296</v>
+      </c>
+      <c r="C863" s="1">
+        <v>3.47</v>
+      </c>
+      <c r="D863" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="864" spans="1:4">
+      <c r="B864" s="6">
+        <v>46051.312546296</v>
+      </c>
+      <c r="C864" s="1">
+        <v>3.419</v>
+      </c>
+      <c r="D864" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="865" spans="1:4">
+      <c r="B865" s="6">
+        <v>46052.312546296</v>
+      </c>
+      <c r="C865" s="1">
+        <v>3.332</v>
+      </c>
+      <c r="D865" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="866" spans="1:4">
+      <c r="B866" s="6">
+        <v>46053.312546296</v>
+      </c>
+      <c r="C866" s="1">
+        <v>3.22</v>
+      </c>
+      <c r="D866" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="867" spans="1:4">
+      <c r="B867" s="6">
+        <v>46054.312546296</v>
+      </c>
+      <c r="C867" s="1">
+        <v>3.132</v>
+      </c>
+      <c r="D867" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="868" spans="1:4">
+      <c r="B868" s="6">
+        <v>46055.312546296</v>
+      </c>
+      <c r="C868" s="1">
+        <v>2.988</v>
+      </c>
+      <c r="D868" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="869" spans="1:4">
+      <c r="B869" s="6">
+        <v>46056.312546296</v>
+      </c>
+      <c r="C869" s="1">
+        <v>2.963</v>
+      </c>
+      <c r="D869" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="870" spans="1:4">
+      <c r="B870" s="6">
+        <v>46057.312546296</v>
+      </c>
+      <c r="C870" s="1">
+        <v>2.952</v>
+      </c>
+      <c r="D870" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="871" spans="1:4">
+      <c r="B871" s="6">
+        <v>46058.312546296</v>
+      </c>
+      <c r="C871" s="1">
+        <v>2.783</v>
+      </c>
+      <c r="D871" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="872" spans="1:4">
+      <c r="B872" s="6">
+        <v>46059.312546296</v>
+      </c>
+      <c r="C872" s="1">
+        <v>2.72</v>
+      </c>
+      <c r="D872" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="873" spans="1:4">
+      <c r="B873" s="6">
+        <v>46060.312546296</v>
+      </c>
+      <c r="C873" s="1">
+        <v>2.657</v>
+      </c>
+      <c r="D873" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="874" spans="1:4">
+      <c r="B874" s="6">
+        <v>46061.312546296</v>
+      </c>
+      <c r="C874" s="1">
+        <v>2.606</v>
+      </c>
+      <c r="D874" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="875" spans="1:4">
+      <c r="B875" s="6">
+        <v>46062.312546296</v>
+      </c>
+      <c r="C875" s="1">
+        <v>2.59</v>
+      </c>
+      <c r="D875" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="876" spans="1:4">
+      <c r="B876" s="6">
+        <v>46063.312546296</v>
+      </c>
+      <c r="C876" s="1">
+        <v>2.566</v>
+      </c>
+      <c r="D876" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="877" spans="1:4">
+      <c r="B877" s="6">
+        <v>46064.312546296</v>
+      </c>
+      <c r="C877" s="1">
+        <v>2.662</v>
+      </c>
+      <c r="D877" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="878" spans="1:4">
+      <c r="B878" s="6">
+        <v>46065.312546296</v>
+      </c>
+      <c r="C878" s="1">
+        <v>2.76</v>
+      </c>
+      <c r="D878" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="879" spans="1:4">
+      <c r="B879" s="6">
+        <v>46066.312546296</v>
+      </c>
+      <c r="C879" s="1">
+        <v>2.858</v>
+      </c>
+      <c r="D879" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="880" spans="1:4">
+      <c r="B880" s="6">
+        <v>46067.312546296</v>
+      </c>
+      <c r="C880" s="1">
+        <v>2.912</v>
+      </c>
+      <c r="D880" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="881" spans="1:4">
+      <c r="B881" s="6">
+        <v>46068.312546296</v>
+      </c>
+      <c r="C881" s="1">
+        <v>2.954</v>
+      </c>
+      <c r="D881" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="882" spans="1:4">
+      <c r="B882" s="6">
+        <v>46069.312546296</v>
+      </c>
+      <c r="C882" s="1">
+        <v>2.994</v>
+      </c>
+      <c r="D882" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="883" spans="1:4">
+      <c r="B883" s="6">
+        <v>46070.312546296</v>
+      </c>
+      <c r="C883" s="1">
+        <v>3.027</v>
+      </c>
+      <c r="D883" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="884" spans="1:4">
+      <c r="B884" s="6">
+        <v>46071.312546296</v>
+      </c>
+      <c r="C884" s="1">
+        <v>3.063</v>
+      </c>
+      <c r="D884" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="885" spans="1:4">
+      <c r="B885" s="6">
+        <v>46072.312546296</v>
+      </c>
+      <c r="C885" s="1">
+        <v>3.092</v>
+      </c>
+      <c r="D885" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="886" spans="1:4">
+      <c r="B886" s="6">
+        <v>46073.312546296</v>
+      </c>
+      <c r="C886" s="1">
+        <v>3.108</v>
+      </c>
+      <c r="D886" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="887" spans="1:4">
+      <c r="B887" s="6">
+        <v>46074.312546296</v>
+      </c>
+      <c r="C887" s="1">
+        <v>3.112</v>
+      </c>
+      <c r="D887" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="888" spans="1:4">
+      <c r="B888" s="6">
+        <v>46075.312546296</v>
+      </c>
+      <c r="C888" s="1">
+        <v>3.097</v>
+      </c>
+      <c r="D888" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="889" spans="1:4">
+      <c r="B889" s="6">
+        <v>46076.312546296</v>
+      </c>
+      <c r="C889" s="1">
+        <v>3.068</v>
+      </c>
+      <c r="D889" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="890" spans="1:4">
+      <c r="B890" s="6">
+        <v>46077.312546296</v>
+      </c>
+      <c r="C890" s="1">
+        <v>2.994</v>
+      </c>
+      <c r="D890" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="891" spans="1:4">
+      <c r="B891" s="6">
+        <v>46078.312546296</v>
+      </c>
+      <c r="C891" s="1">
+        <v>2.908</v>
+      </c>
+      <c r="D891" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="892" spans="1:4">
+      <c r="B892" s="6">
+        <v>46079.312546296</v>
+      </c>
+      <c r="C892" s="1">
+        <v>2.869</v>
+      </c>
+      <c r="D892" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="893" spans="1:4">
+      <c r="B893" s="6">
+        <v>46080.312546296</v>
+      </c>
+      <c r="C893" s="1">
+        <v>2.753</v>
+      </c>
+      <c r="D893" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="894" spans="1:4">
+      <c r="B894" s="6">
+        <v>46081.312546296</v>
+      </c>
+      <c r="C894" s="1">
+        <v>2.688</v>
+      </c>
+      <c r="D894" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="895" spans="1:4">
+      <c r="B895" s="6">
+        <v>46082.312546296</v>
+      </c>
+      <c r="C895" s="1">
+        <v>2.621</v>
+      </c>
+      <c r="D895" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="896" spans="1:4">
+      <c r="B896" s="6">
+        <v>46083.312546296</v>
+      </c>
+      <c r="C896" s="1">
+        <v>2.565</v>
+      </c>
+      <c r="D896" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="897" spans="1:4">
+      <c r="B897" s="7">
+        <v>46084.312546296</v>
+      </c>
+      <c r="C897" s="9">
+        <v>2.542</v>
+      </c>
+      <c r="D897" s="12" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B9:D9"/>
   <mergeCells>
     <mergeCell ref="B8:D8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D774"/>
+  <dimension ref="A1:D898"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="9" activePane="bottomLeft" state="frozen" topLeftCell="A10"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.06" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.34" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.63" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" customHeight="1" ht="20"/>
     <row r="2" spans="1:4" customHeight="1" ht="20">
       <c r="A2" s="13" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4" customHeight="1" ht="20">
       <c r="A3" s="13" t="s">
         <v>8</v>
       </c>
     </row>
@@ -16830,820 +18194,2184 @@
         <v>0.405</v>
       </c>
       <c r="D702" s="11" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="703" spans="1:4">
       <c r="B703" s="6">
         <v>45889.312546296</v>
       </c>
       <c r="C703" s="1">
         <v>0.394</v>
       </c>
       <c r="D703" s="11" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="704" spans="1:4">
       <c r="B704" s="6">
         <v>45890.312546296</v>
       </c>
       <c r="C704" s="1">
         <v>0.383</v>
       </c>
       <c r="D704" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="705" spans="1:4">
       <c r="B705" s="6">
         <v>45891.312546296</v>
       </c>
       <c r="C705" s="1">
         <v>0.37</v>
       </c>
       <c r="D705" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="706" spans="1:4">
       <c r="B706" s="6">
         <v>45892.312546296</v>
       </c>
       <c r="C706" s="1">
         <v>0.357</v>
       </c>
       <c r="D706" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="707" spans="1:4">
       <c r="B707" s="6">
         <v>45893.312546296</v>
       </c>
       <c r="C707" s="1">
-        <v>0.346</v>
+        <v>0.347</v>
       </c>
       <c r="D707" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="708" spans="1:4">
       <c r="B708" s="6">
         <v>45894.312546296</v>
       </c>
       <c r="C708" s="1">
-        <v>0.334</v>
+        <v>0.335</v>
       </c>
       <c r="D708" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="709" spans="1:4">
       <c r="B709" s="6">
         <v>45895.312546296</v>
       </c>
       <c r="C709" s="1">
-        <v>0.324</v>
+        <v>0.325</v>
       </c>
       <c r="D709" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="710" spans="1:4">
       <c r="B710" s="6">
         <v>45896.312546296</v>
       </c>
       <c r="C710" s="1">
-        <v>0.317</v>
+        <v>0.318</v>
       </c>
       <c r="D710" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="711" spans="1:4">
       <c r="B711" s="6">
         <v>45897.312546296</v>
       </c>
       <c r="C711" s="1">
-        <v>0.315</v>
+        <v>0.316</v>
       </c>
       <c r="D711" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="712" spans="1:4">
       <c r="B712" s="6">
         <v>45898.312546296</v>
       </c>
       <c r="C712" s="1">
-        <v>0.309</v>
+        <v>0.311</v>
       </c>
       <c r="D712" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="713" spans="1:4">
       <c r="B713" s="6">
         <v>45899.312546296</v>
       </c>
       <c r="C713" s="1">
-        <v>0.304</v>
+        <v>0.306</v>
       </c>
       <c r="D713" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="714" spans="1:4">
       <c r="B714" s="6">
         <v>45900.312546296</v>
       </c>
       <c r="C714" s="1">
-        <v>0.296</v>
+        <v>0.298</v>
       </c>
       <c r="D714" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="715" spans="1:4">
       <c r="B715" s="6">
         <v>45901.312546296</v>
       </c>
       <c r="C715" s="1">
-        <v>0.294</v>
+        <v>0.296</v>
       </c>
       <c r="D715" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="716" spans="1:4">
       <c r="B716" s="6">
         <v>45902.312546296</v>
       </c>
       <c r="C716" s="1">
-        <v>0.283</v>
+        <v>0.285</v>
       </c>
       <c r="D716" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="717" spans="1:4">
       <c r="B717" s="6">
         <v>45903.312546296</v>
       </c>
       <c r="C717" s="1">
-        <v>0.272</v>
+        <v>0.275</v>
       </c>
       <c r="D717" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="718" spans="1:4">
       <c r="B718" s="6">
         <v>45904.312546296</v>
       </c>
       <c r="C718" s="1">
-        <v>0.263</v>
+        <v>0.266</v>
       </c>
       <c r="D718" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="719" spans="1:4">
       <c r="B719" s="6">
         <v>45905.312546296</v>
       </c>
       <c r="C719" s="1">
-        <v>0.255</v>
+        <v>0.258</v>
       </c>
       <c r="D719" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="720" spans="1:4">
       <c r="B720" s="6">
         <v>45906.312546296</v>
       </c>
       <c r="C720" s="1">
-        <v>0.246</v>
+        <v>0.249</v>
       </c>
       <c r="D720" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="721" spans="1:4">
       <c r="B721" s="6">
         <v>45907.312546296</v>
       </c>
       <c r="C721" s="1">
-        <v>0.238</v>
+        <v>0.241</v>
       </c>
       <c r="D721" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="722" spans="1:4">
       <c r="B722" s="6">
         <v>45908.312546296</v>
       </c>
       <c r="C722" s="1">
-        <v>0.234</v>
+        <v>0.238</v>
       </c>
       <c r="D722" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="723" spans="1:4">
       <c r="B723" s="6">
         <v>45909.312546296</v>
       </c>
       <c r="C723" s="1">
-        <v>0.228</v>
+        <v>0.232</v>
       </c>
       <c r="D723" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="724" spans="1:4">
       <c r="B724" s="6">
         <v>45910.312546296</v>
       </c>
       <c r="C724" s="1">
-        <v>0.221</v>
+        <v>0.225</v>
       </c>
       <c r="D724" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="725" spans="1:4">
       <c r="B725" s="6">
         <v>45911.312546296</v>
       </c>
       <c r="C725" s="1">
-        <v>0.214</v>
+        <v>0.218</v>
       </c>
       <c r="D725" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="726" spans="1:4">
       <c r="B726" s="6">
         <v>45912.312546296</v>
       </c>
       <c r="C726" s="1">
-        <v>0.22</v>
+        <v>0.225</v>
       </c>
       <c r="D726" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="727" spans="1:4">
       <c r="B727" s="6">
         <v>45913.312546296</v>
       </c>
       <c r="C727" s="1">
-        <v>0.235</v>
+        <v>0.24</v>
       </c>
       <c r="D727" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="728" spans="1:4">
       <c r="B728" s="6">
         <v>45914.312546296</v>
       </c>
       <c r="C728" s="1">
-        <v>0.242</v>
+        <v>0.247</v>
       </c>
       <c r="D728" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="729" spans="1:4">
       <c r="B729" s="6">
         <v>45915.312546296</v>
       </c>
       <c r="C729" s="1">
-        <v>0.244</v>
+        <v>0.249</v>
       </c>
       <c r="D729" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="730" spans="1:4">
       <c r="B730" s="6">
         <v>45916.312546296</v>
       </c>
       <c r="C730" s="1">
-        <v>0.239</v>
+        <v>0.244</v>
       </c>
       <c r="D730" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="731" spans="1:4">
       <c r="B731" s="6">
         <v>45917.312546296</v>
       </c>
       <c r="C731" s="1">
-        <v>0.235</v>
+        <v>0.241</v>
       </c>
       <c r="D731" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="732" spans="1:4">
       <c r="B732" s="6">
         <v>45918.312546296</v>
       </c>
       <c r="C732" s="1">
-        <v>0.229</v>
+        <v>0.235</v>
       </c>
       <c r="D732" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="733" spans="1:4">
       <c r="B733" s="6">
         <v>45919.312546296</v>
       </c>
       <c r="C733" s="1">
-        <v>0.208</v>
+        <v>0.214</v>
       </c>
       <c r="D733" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="734" spans="1:4">
       <c r="B734" s="6">
         <v>45920.312546296</v>
       </c>
       <c r="C734" s="1">
-        <v>0.19</v>
+        <v>0.196</v>
       </c>
       <c r="D734" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="735" spans="1:4">
       <c r="B735" s="6">
         <v>45921.312546296</v>
       </c>
       <c r="C735" s="1">
-        <v>0.198</v>
+        <v>0.204</v>
       </c>
       <c r="D735" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="736" spans="1:4">
       <c r="B736" s="6">
         <v>45922.312546296</v>
       </c>
       <c r="C736" s="1">
-        <v>0.2</v>
+        <v>0.206</v>
       </c>
       <c r="D736" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="737" spans="1:4">
       <c r="B737" s="6">
         <v>45923.312546296</v>
       </c>
       <c r="C737" s="1">
-        <v>0.186</v>
+        <v>0.193</v>
       </c>
       <c r="D737" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="738" spans="1:4">
       <c r="B738" s="6">
         <v>45924.312546296</v>
       </c>
       <c r="C738" s="1">
-        <v>0.166</v>
+        <v>0.173</v>
       </c>
       <c r="D738" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="739" spans="1:4">
       <c r="B739" s="6">
         <v>45925.312546296</v>
       </c>
       <c r="C739" s="1">
-        <v>0.149</v>
+        <v>0.156</v>
       </c>
       <c r="D739" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="740" spans="1:4">
       <c r="B740" s="6">
         <v>45926.312546296</v>
       </c>
       <c r="C740" s="1">
-        <v>0.134</v>
+        <v>0.141</v>
       </c>
       <c r="D740" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="741" spans="1:4">
       <c r="B741" s="6">
         <v>45927.312546296</v>
       </c>
       <c r="C741" s="1">
-        <v>0.133</v>
+        <v>0.141</v>
       </c>
       <c r="D741" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="742" spans="1:4">
       <c r="B742" s="6">
         <v>45928.312546296</v>
       </c>
       <c r="C742" s="1">
-        <v>0.155</v>
+        <v>0.163</v>
       </c>
       <c r="D742" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="743" spans="1:4">
       <c r="B743" s="6">
         <v>45929.312546296</v>
       </c>
       <c r="C743" s="1">
-        <v>0.178</v>
+        <v>0.186</v>
       </c>
       <c r="D743" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="744" spans="1:4">
       <c r="B744" s="6">
         <v>45930.312546296</v>
       </c>
       <c r="C744" s="1">
-        <v>0.194</v>
+        <v>0.202</v>
       </c>
       <c r="D744" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="745" spans="1:4">
       <c r="B745" s="6">
         <v>45931.312546296</v>
       </c>
       <c r="C745" s="1">
-        <v>0.204</v>
+        <v>0.212</v>
       </c>
       <c r="D745" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="746" spans="1:4">
       <c r="B746" s="6">
         <v>45932.312546296</v>
       </c>
       <c r="C746" s="1">
-        <v>0.203</v>
+        <v>0.211</v>
       </c>
       <c r="D746" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="747" spans="1:4">
       <c r="B747" s="6">
         <v>45933.312546296</v>
       </c>
       <c r="C747" s="1">
-        <v>0.185</v>
+        <v>0.194</v>
       </c>
       <c r="D747" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="748" spans="1:4">
       <c r="B748" s="6">
         <v>45934.312546296</v>
       </c>
       <c r="C748" s="1">
-        <v>0.162</v>
+        <v>0.171</v>
       </c>
       <c r="D748" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="749" spans="1:4">
       <c r="B749" s="6">
         <v>45935.312546296</v>
       </c>
       <c r="C749" s="1">
-        <v>0.143</v>
+        <v>0.152</v>
       </c>
       <c r="D749" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="750" spans="1:4">
       <c r="B750" s="6">
         <v>45936.312546296</v>
       </c>
       <c r="C750" s="1">
-        <v>0.125</v>
+        <v>0.134</v>
       </c>
       <c r="D750" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="751" spans="1:4">
       <c r="B751" s="6">
         <v>45937.312546296</v>
       </c>
       <c r="C751" s="1">
-        <v>0.111</v>
+        <v>0.12</v>
       </c>
       <c r="D751" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="752" spans="1:4">
       <c r="B752" s="6">
         <v>45938.312546296</v>
       </c>
       <c r="C752" s="1">
-        <v>0.102</v>
+        <v>0.112</v>
       </c>
       <c r="D752" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="753" spans="1:4">
       <c r="B753" s="6">
         <v>45939.312546296</v>
       </c>
       <c r="C753" s="1">
-        <v>0.095</v>
+        <v>0.105</v>
       </c>
       <c r="D753" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="754" spans="1:4">
       <c r="B754" s="6">
         <v>45940.312546296</v>
       </c>
       <c r="C754" s="1">
-        <v>0.087</v>
+        <v>0.097</v>
       </c>
       <c r="D754" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="755" spans="1:4">
       <c r="B755" s="6">
         <v>45941.312546296</v>
       </c>
       <c r="C755" s="1">
-        <v>0.08</v>
+        <v>0.09</v>
       </c>
       <c r="D755" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="756" spans="1:4">
       <c r="B756" s="6">
         <v>45942.312546296</v>
       </c>
       <c r="C756" s="1">
-        <v>0.075</v>
+        <v>0.086</v>
       </c>
       <c r="D756" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="757" spans="1:4">
       <c r="B757" s="6">
         <v>45943.312546296</v>
       </c>
       <c r="C757" s="1">
-        <v>0.073</v>
+        <v>0.084</v>
       </c>
       <c r="D757" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="758" spans="1:4">
       <c r="B758" s="6">
         <v>45944.312546296</v>
       </c>
       <c r="C758" s="1">
-        <v>0.067</v>
+        <v>0.078</v>
       </c>
       <c r="D758" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="759" spans="1:4">
       <c r="B759" s="6">
         <v>45945.312546296</v>
       </c>
       <c r="C759" s="1">
-        <v>0.059</v>
+        <v>0.07</v>
       </c>
       <c r="D759" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="760" spans="1:4">
       <c r="B760" s="6">
         <v>45946.312546296</v>
       </c>
       <c r="C760" s="1">
-        <v>0.069</v>
+        <v>0.08</v>
       </c>
       <c r="D760" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="761" spans="1:4">
       <c r="B761" s="6">
         <v>45947.312546296</v>
       </c>
       <c r="C761" s="1">
-        <v>0.107</v>
+        <v>0.119</v>
       </c>
       <c r="D761" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="762" spans="1:4">
       <c r="B762" s="6">
         <v>45948.312546296</v>
       </c>
       <c r="C762" s="1">
-        <v>0.129</v>
+        <v>0.141</v>
       </c>
       <c r="D762" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="763" spans="1:4">
       <c r="B763" s="6">
         <v>45949.312546296</v>
       </c>
       <c r="C763" s="1">
-        <v>0.148</v>
+        <v>0.16</v>
       </c>
       <c r="D763" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="764" spans="1:4">
       <c r="B764" s="6">
         <v>45950.312546296</v>
       </c>
       <c r="C764" s="1">
-        <v>0.16</v>
+        <v>0.172</v>
       </c>
       <c r="D764" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="765" spans="1:4">
       <c r="B765" s="6">
         <v>45951.312546296</v>
       </c>
       <c r="C765" s="1">
-        <v>0.168</v>
+        <v>0.18</v>
       </c>
       <c r="D765" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="766" spans="1:4">
       <c r="B766" s="6">
         <v>45952.312546296</v>
       </c>
       <c r="C766" s="1">
-        <v>0.176</v>
+        <v>0.189</v>
       </c>
       <c r="D766" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="767" spans="1:4">
       <c r="B767" s="6">
         <v>45953.312546296</v>
       </c>
       <c r="C767" s="1">
-        <v>0.178</v>
+        <v>0.191</v>
       </c>
       <c r="D767" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="768" spans="1:4">
       <c r="B768" s="6">
         <v>45954.312546296</v>
       </c>
       <c r="C768" s="1">
-        <v>0.166</v>
+        <v>0.179</v>
       </c>
       <c r="D768" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="769" spans="1:4">
       <c r="B769" s="6">
         <v>45955.312546296</v>
       </c>
       <c r="C769" s="1">
-        <v>0.174</v>
+        <v>0.187</v>
       </c>
       <c r="D769" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="770" spans="1:4">
       <c r="B770" s="6">
         <v>45956.312546296</v>
       </c>
       <c r="C770" s="1">
-        <v>0.185</v>
+        <v>0.198</v>
       </c>
       <c r="D770" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="771" spans="1:4">
       <c r="B771" s="6">
         <v>45957.312546296</v>
       </c>
       <c r="C771" s="1">
-        <v>0.196</v>
+        <v>0.21</v>
       </c>
       <c r="D771" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="772" spans="1:4">
       <c r="B772" s="6">
         <v>45958.312546296</v>
       </c>
       <c r="C772" s="1">
-        <v>0.21</v>
+        <v>0.224</v>
       </c>
       <c r="D772" s="11" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="773" spans="1:4">
       <c r="B773" s="6">
         <v>45959.312546296</v>
       </c>
       <c r="C773" s="1">
-        <v>0.232</v>
+        <v>0.246</v>
       </c>
       <c r="D773" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="774" spans="1:4">
+      <c r="B774" s="6">
+        <v>45960.312546296</v>
+      </c>
+      <c r="C774" s="1">
+        <v>0.258</v>
+      </c>
+      <c r="D774" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="775" spans="1:4">
+      <c r="B775" s="6">
+        <v>45961.312546296</v>
+      </c>
+      <c r="C775" s="1">
+        <v>0.261</v>
+      </c>
+      <c r="D775" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="776" spans="1:4">
+      <c r="B776" s="6">
+        <v>45962.312546296</v>
+      </c>
+      <c r="C776" s="1">
+        <v>0.255</v>
+      </c>
+      <c r="D776" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="777" spans="1:4">
+      <c r="B777" s="6">
+        <v>45963.312546296</v>
+      </c>
+      <c r="C777" s="1">
+        <v>0.208</v>
+      </c>
+      <c r="D777" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="778" spans="1:4">
+      <c r="B778" s="6">
+        <v>45964.312546296</v>
+      </c>
+      <c r="C778" s="1">
+        <v>0.159</v>
+      </c>
+      <c r="D778" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="779" spans="1:4">
+      <c r="B779" s="6">
+        <v>45965.312546296</v>
+      </c>
+      <c r="C779" s="1">
+        <v>0.124</v>
+      </c>
+      <c r="D779" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="780" spans="1:4">
+      <c r="B780" s="6">
+        <v>45966.312546296</v>
+      </c>
+      <c r="C780" s="1">
+        <v>0.1</v>
+      </c>
+      <c r="D780" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="781" spans="1:4">
+      <c r="B781" s="6">
+        <v>45967.312546296</v>
+      </c>
+      <c r="C781" s="1">
+        <v>0.099</v>
+      </c>
+      <c r="D781" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="782" spans="1:4">
+      <c r="B782" s="6">
+        <v>45968.312546296</v>
+      </c>
+      <c r="C782" s="1">
+        <v>0.118</v>
+      </c>
+      <c r="D782" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="783" spans="1:4">
+      <c r="B783" s="6">
+        <v>45969.312546296</v>
+      </c>
+      <c r="C783" s="1">
+        <v>0.115</v>
+      </c>
+      <c r="D783" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="784" spans="1:4">
+      <c r="B784" s="6">
+        <v>45970.312546296</v>
+      </c>
+      <c r="C784" s="1">
+        <v>0.101</v>
+      </c>
+      <c r="D784" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="785" spans="1:4">
+      <c r="B785" s="6">
+        <v>45971.312546296</v>
+      </c>
+      <c r="C785" s="1">
+        <v>0.081</v>
+      </c>
+      <c r="D785" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="786" spans="1:4">
+      <c r="B786" s="6">
+        <v>45972.312546296</v>
+      </c>
+      <c r="C786" s="1">
+        <v>0.065</v>
+      </c>
+      <c r="D786" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="787" spans="1:4">
+      <c r="B787" s="6">
+        <v>45973.312546296</v>
+      </c>
+      <c r="C787" s="1">
+        <v>0.053</v>
+      </c>
+      <c r="D787" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="788" spans="1:4">
+      <c r="B788" s="6">
+        <v>45974.312546296</v>
+      </c>
+      <c r="C788" s="1">
+        <v>0.038</v>
+      </c>
+      <c r="D788" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="789" spans="1:4">
+      <c r="B789" s="6">
+        <v>45975.312546296</v>
+      </c>
+      <c r="C789" s="1">
+        <v>0.027</v>
+      </c>
+      <c r="D789" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="790" spans="1:4">
+      <c r="B790" s="6">
+        <v>45976.312546296</v>
+      </c>
+      <c r="C790" s="1">
+        <v>0.017</v>
+      </c>
+      <c r="D790" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="791" spans="1:4">
+      <c r="B791" s="6">
+        <v>45977.312546296</v>
+      </c>
+      <c r="C791" s="1">
+        <v>0.006</v>
+      </c>
+      <c r="D791" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="792" spans="1:4">
+      <c r="B792" s="6">
+        <v>45978.312546296</v>
+      </c>
+      <c r="C792" s="1">
+        <v>-0.006</v>
+      </c>
+      <c r="D792" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="793" spans="1:4">
+      <c r="B793" s="6">
+        <v>45979.312546296</v>
+      </c>
+      <c r="C793" s="1">
+        <v>-0.018</v>
+      </c>
+      <c r="D793" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="794" spans="1:4">
+      <c r="B794" s="6">
+        <v>45980.312546296</v>
+      </c>
+      <c r="C794" s="1">
+        <v>-0.032</v>
+      </c>
+      <c r="D794" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="795" spans="1:4">
+      <c r="B795" s="6">
+        <v>45981.312546296</v>
+      </c>
+      <c r="C795" s="1">
+        <v>-0.042</v>
+      </c>
+      <c r="D795" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="796" spans="1:4">
+      <c r="B796" s="6">
+        <v>45982.312546296</v>
+      </c>
+      <c r="C796" s="1">
+        <v>-0.054</v>
+      </c>
+      <c r="D796" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="797" spans="1:4">
+      <c r="B797" s="6">
+        <v>45983.312546296</v>
+      </c>
+      <c r="C797" s="1">
+        <v>-0.067</v>
+      </c>
+      <c r="D797" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="798" spans="1:4">
+      <c r="B798" s="6">
+        <v>45984.312546296</v>
+      </c>
+      <c r="C798" s="1">
+        <v>-0.078</v>
+      </c>
+      <c r="D798" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="799" spans="1:4">
+      <c r="B799" s="6">
+        <v>45985.312546296</v>
+      </c>
+      <c r="C799" s="1">
+        <v>-0.081</v>
+      </c>
+      <c r="D799" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="800" spans="1:4">
+      <c r="B800" s="6">
+        <v>45986.312546296</v>
+      </c>
+      <c r="C800" s="1">
+        <v>-0.085</v>
+      </c>
+      <c r="D800" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="801" spans="1:4">
+      <c r="B801" s="6">
+        <v>45987.312546296</v>
+      </c>
+      <c r="C801" s="1">
+        <v>-0.098</v>
+      </c>
+      <c r="D801" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="802" spans="1:4">
+      <c r="B802" s="6">
+        <v>45988.312546296</v>
+      </c>
+      <c r="C802" s="1">
+        <v>-0.112</v>
+      </c>
+      <c r="D802" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="803" spans="1:4">
+      <c r="B803" s="6">
+        <v>45989.312546296</v>
+      </c>
+      <c r="C803" s="1">
+        <v>-0.121</v>
+      </c>
+      <c r="D803" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="804" spans="1:4">
+      <c r="B804" s="6">
+        <v>45990.312546296</v>
+      </c>
+      <c r="C804" s="1">
+        <v>-0.127</v>
+      </c>
+      <c r="D804" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="805" spans="1:4">
+      <c r="B805" s="6">
+        <v>45991.312546296</v>
+      </c>
+      <c r="C805" s="1">
+        <v>-0.13</v>
+      </c>
+      <c r="D805" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="806" spans="1:4">
+      <c r="B806" s="6">
+        <v>45992.312546296</v>
+      </c>
+      <c r="C806" s="1">
+        <v>-0.138</v>
+      </c>
+      <c r="D806" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="807" spans="1:4">
+      <c r="B807" s="6">
+        <v>45993.312546296</v>
+      </c>
+      <c r="C807" s="1">
+        <v>-0.145</v>
+      </c>
+      <c r="D807" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="808" spans="1:4">
+      <c r="B808" s="6">
+        <v>45994.312546296</v>
+      </c>
+      <c r="C808" s="1">
+        <v>-0.148</v>
+      </c>
+      <c r="D808" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="809" spans="1:4">
+      <c r="B809" s="6">
+        <v>45995.312546296</v>
+      </c>
+      <c r="C809" s="1">
+        <v>-0.151</v>
+      </c>
+      <c r="D809" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="810" spans="1:4">
+      <c r="B810" s="6">
+        <v>45996.312546296</v>
+      </c>
+      <c r="C810" s="1">
+        <v>-0.154</v>
+      </c>
+      <c r="D810" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="811" spans="1:4">
+      <c r="B811" s="6">
+        <v>45997.312546296</v>
+      </c>
+      <c r="C811" s="1">
+        <v>-0.163</v>
+      </c>
+      <c r="D811" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="812" spans="1:4">
+      <c r="B812" s="6">
+        <v>45998.312546296</v>
+      </c>
+      <c r="C812" s="1">
+        <v>-0.17</v>
+      </c>
+      <c r="D812" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="813" spans="1:4">
+      <c r="B813" s="6">
+        <v>45999.312546296</v>
+      </c>
+      <c r="C813" s="1">
+        <v>-0.177</v>
+      </c>
+      <c r="D813" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="814" spans="1:4">
+      <c r="B814" s="6">
+        <v>46000.312546296</v>
+      </c>
+      <c r="C814" s="1">
+        <v>-0.182</v>
+      </c>
+      <c r="D814" s="11" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="774" spans="1:4">
-[...6 lines deleted...]
-      <c r="D774" s="12" t="s">
+    <row r="815" spans="1:4">
+      <c r="B815" s="6">
+        <v>46001.312546296</v>
+      </c>
+      <c r="C815" s="1">
+        <v>-0.185</v>
+      </c>
+      <c r="D815" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="816" spans="1:4">
+      <c r="B816" s="6">
+        <v>46002.312546296</v>
+      </c>
+      <c r="C816" s="1">
+        <v>-0.192</v>
+      </c>
+      <c r="D816" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="817" spans="1:4">
+      <c r="B817" s="6">
+        <v>46003.312546296</v>
+      </c>
+      <c r="C817" s="1">
+        <v>-0.193</v>
+      </c>
+      <c r="D817" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="818" spans="1:4">
+      <c r="B818" s="6">
+        <v>46004.312546296</v>
+      </c>
+      <c r="C818" s="1">
+        <v>-0.2</v>
+      </c>
+      <c r="D818" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="819" spans="1:4">
+      <c r="B819" s="6">
+        <v>46005.312546296</v>
+      </c>
+      <c r="C819" s="1">
+        <v>-0.202</v>
+      </c>
+      <c r="D819" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="820" spans="1:4">
+      <c r="B820" s="6">
+        <v>46006.312546296</v>
+      </c>
+      <c r="C820" s="1">
+        <v>-0.187</v>
+      </c>
+      <c r="D820" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="821" spans="1:4">
+      <c r="B821" s="6">
+        <v>46007.312546296</v>
+      </c>
+      <c r="C821" s="1">
+        <v>-0.185</v>
+      </c>
+      <c r="D821" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="822" spans="1:4">
+      <c r="B822" s="6">
+        <v>46008.312546296</v>
+      </c>
+      <c r="C822" s="1">
+        <v>-0.195</v>
+      </c>
+      <c r="D822" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="823" spans="1:4">
+      <c r="B823" s="6">
+        <v>46009.312546296</v>
+      </c>
+      <c r="C823" s="1">
+        <v>-0.206</v>
+      </c>
+      <c r="D823" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="824" spans="1:4">
+      <c r="B824" s="6">
+        <v>46010.312546296</v>
+      </c>
+      <c r="C824" s="1">
+        <v>-0.206</v>
+      </c>
+      <c r="D824" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="825" spans="1:4">
+      <c r="B825" s="6">
+        <v>46011.312546296</v>
+      </c>
+      <c r="C825" s="1">
+        <v>-0.199</v>
+      </c>
+      <c r="D825" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="826" spans="1:4">
+      <c r="B826" s="6">
+        <v>46012.312546296</v>
+      </c>
+      <c r="C826" s="1">
+        <v>-0.179</v>
+      </c>
+      <c r="D826" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="827" spans="1:4">
+      <c r="B827" s="6">
+        <v>46013.312546296</v>
+      </c>
+      <c r="C827" s="1">
+        <v>0.049</v>
+      </c>
+      <c r="D827" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="828" spans="1:4">
+      <c r="B828" s="6">
+        <v>46014.312546296</v>
+      </c>
+      <c r="C828" s="1">
+        <v>1.235</v>
+      </c>
+      <c r="D828" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="829" spans="1:4">
+      <c r="B829" s="6">
+        <v>46015.312546296</v>
+      </c>
+      <c r="C829" s="1">
+        <v>1.304</v>
+      </c>
+      <c r="D829" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="830" spans="1:4">
+      <c r="B830" s="6">
+        <v>46016.312546296</v>
+      </c>
+      <c r="C830" s="1">
+        <v>1.271</v>
+      </c>
+      <c r="D830" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="831" spans="1:4">
+      <c r="B831" s="6">
+        <v>46017.312546296</v>
+      </c>
+      <c r="C831" s="1">
+        <v>1.208</v>
+      </c>
+      <c r="D831" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="832" spans="1:4">
+      <c r="B832" s="6">
+        <v>46018.312546296</v>
+      </c>
+      <c r="C832" s="1">
+        <v>1.187</v>
+      </c>
+      <c r="D832" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="833" spans="1:4">
+      <c r="B833" s="6">
+        <v>46019.312546296</v>
+      </c>
+      <c r="C833" s="1">
+        <v>1.159</v>
+      </c>
+      <c r="D833" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="834" spans="1:4">
+      <c r="B834" s="6">
+        <v>46020.312546296</v>
+      </c>
+      <c r="C834" s="1">
+        <v>1.123</v>
+      </c>
+      <c r="D834" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="835" spans="1:4">
+      <c r="B835" s="6">
+        <v>46021.312546296</v>
+      </c>
+      <c r="C835" s="1">
+        <v>1.088</v>
+      </c>
+      <c r="D835" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="836" spans="1:4">
+      <c r="B836" s="6">
+        <v>46022.312546296</v>
+      </c>
+      <c r="C836" s="1">
+        <v>1.057</v>
+      </c>
+      <c r="D836" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="837" spans="1:4">
+      <c r="B837" s="6">
+        <v>46023.312546296</v>
+      </c>
+      <c r="C837" s="1">
+        <v>1.023</v>
+      </c>
+      <c r="D837" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="838" spans="1:4">
+      <c r="B838" s="6">
+        <v>46024.312546296</v>
+      </c>
+      <c r="C838" s="1">
+        <v>1.006</v>
+      </c>
+      <c r="D838" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="839" spans="1:4">
+      <c r="B839" s="6">
+        <v>46025.312546296</v>
+      </c>
+      <c r="C839" s="1">
+        <v>0.988</v>
+      </c>
+      <c r="D839" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="840" spans="1:4">
+      <c r="B840" s="6">
+        <v>46026.312546296</v>
+      </c>
+      <c r="C840" s="1">
+        <v>0.964</v>
+      </c>
+      <c r="D840" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="841" spans="1:4">
+      <c r="B841" s="6">
+        <v>46027.312546296</v>
+      </c>
+      <c r="C841" s="1">
+        <v>0.946</v>
+      </c>
+      <c r="D841" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="842" spans="1:4">
+      <c r="B842" s="6">
+        <v>46028.312546296</v>
+      </c>
+      <c r="C842" s="1">
+        <v>0.929</v>
+      </c>
+      <c r="D842" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="843" spans="1:4">
+      <c r="B843" s="6">
+        <v>46029.312546296</v>
+      </c>
+      <c r="C843" s="1">
+        <v>0.911</v>
+      </c>
+      <c r="D843" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="844" spans="1:4">
+      <c r="B844" s="6">
+        <v>46030.312546296</v>
+      </c>
+      <c r="C844" s="1">
+        <v>0.891</v>
+      </c>
+      <c r="D844" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="845" spans="1:4">
+      <c r="B845" s="6">
+        <v>46031.312546296</v>
+      </c>
+      <c r="C845" s="1">
+        <v>0.877</v>
+      </c>
+      <c r="D845" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="846" spans="1:4">
+      <c r="B846" s="6">
+        <v>46032.312546296</v>
+      </c>
+      <c r="C846" s="1">
+        <v>0.86</v>
+      </c>
+      <c r="D846" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="847" spans="1:4">
+      <c r="B847" s="6">
+        <v>46033.312546296</v>
+      </c>
+      <c r="C847" s="1">
+        <v>0.829</v>
+      </c>
+      <c r="D847" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="848" spans="1:4">
+      <c r="B848" s="6">
+        <v>46034.312546296</v>
+      </c>
+      <c r="C848" s="1">
+        <v>0.803</v>
+      </c>
+      <c r="D848" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="849" spans="1:4">
+      <c r="B849" s="6">
+        <v>46035.312546296</v>
+      </c>
+      <c r="C849" s="1">
+        <v>0.795</v>
+      </c>
+      <c r="D849" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="850" spans="1:4">
+      <c r="B850" s="6">
+        <v>46036.312546296</v>
+      </c>
+      <c r="C850" s="1">
+        <v>0.783</v>
+      </c>
+      <c r="D850" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="851" spans="1:4">
+      <c r="B851" s="6">
+        <v>46037.312546296</v>
+      </c>
+      <c r="C851" s="1">
+        <v>0.762</v>
+      </c>
+      <c r="D851" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="852" spans="1:4">
+      <c r="B852" s="6">
+        <v>46038.312546296</v>
+      </c>
+      <c r="C852" s="1">
+        <v>0.76</v>
+      </c>
+      <c r="D852" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="853" spans="1:4">
+      <c r="B853" s="6">
+        <v>46039.312546296</v>
+      </c>
+      <c r="C853" s="1">
+        <v>1.405</v>
+      </c>
+      <c r="D853" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="854" spans="1:4">
+      <c r="B854" s="6">
+        <v>46040.312546296</v>
+      </c>
+      <c r="C854" s="1">
+        <v>1.701</v>
+      </c>
+      <c r="D854" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="855" spans="1:4">
+      <c r="B855" s="6">
+        <v>46041.312546296</v>
+      </c>
+      <c r="C855" s="1">
+        <v>2.192</v>
+      </c>
+      <c r="D855" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="856" spans="1:4">
+      <c r="B856" s="6">
+        <v>46042.312546296</v>
+      </c>
+      <c r="C856" s="1">
+        <v>3.015</v>
+      </c>
+      <c r="D856" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="857" spans="1:4">
+      <c r="B857" s="6">
+        <v>46043.312546296</v>
+      </c>
+      <c r="C857" s="1">
+        <v>3.213</v>
+      </c>
+      <c r="D857" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="858" spans="1:4">
+      <c r="B858" s="6">
+        <v>46044.312546296</v>
+      </c>
+      <c r="C858" s="1">
+        <v>3.266</v>
+      </c>
+      <c r="D858" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="859" spans="1:4">
+      <c r="B859" s="6">
+        <v>46045.312546296</v>
+      </c>
+      <c r="C859" s="1">
+        <v>3.385</v>
+      </c>
+      <c r="D859" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="860" spans="1:4">
+      <c r="B860" s="6">
+        <v>46046.312546296</v>
+      </c>
+      <c r="C860" s="1">
+        <v>3.276</v>
+      </c>
+      <c r="D860" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="861" spans="1:4">
+      <c r="B861" s="6">
+        <v>46047.312546296</v>
+      </c>
+      <c r="C861" s="1">
+        <v>3.281</v>
+      </c>
+      <c r="D861" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="862" spans="1:4">
+      <c r="B862" s="6">
+        <v>46048.312546296</v>
+      </c>
+      <c r="C862" s="1">
+        <v>3.309</v>
+      </c>
+      <c r="D862" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="863" spans="1:4">
+      <c r="B863" s="6">
+        <v>46049.312546296</v>
+      </c>
+      <c r="C863" s="1">
+        <v>3.288</v>
+      </c>
+      <c r="D863" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="864" spans="1:4">
+      <c r="B864" s="6">
+        <v>46050.312546296</v>
+      </c>
+      <c r="C864" s="1">
+        <v>3.302</v>
+      </c>
+      <c r="D864" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="865" spans="1:4">
+      <c r="B865" s="6">
+        <v>46051.312546296</v>
+      </c>
+      <c r="C865" s="1">
+        <v>3.356</v>
+      </c>
+      <c r="D865" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="866" spans="1:4">
+      <c r="B866" s="6">
+        <v>46052.312546296</v>
+      </c>
+      <c r="C866" s="1">
+        <v>3.313</v>
+      </c>
+      <c r="D866" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="867" spans="1:4">
+      <c r="B867" s="6">
+        <v>46053.312546296</v>
+      </c>
+      <c r="C867" s="1">
+        <v>3.25</v>
+      </c>
+      <c r="D867" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="868" spans="1:4">
+      <c r="B868" s="6">
+        <v>46054.312546296</v>
+      </c>
+      <c r="C868" s="1">
+        <v>3.093</v>
+      </c>
+      <c r="D868" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="869" spans="1:4">
+      <c r="B869" s="6">
+        <v>46055.312546296</v>
+      </c>
+      <c r="C869" s="1">
+        <v>3.031</v>
+      </c>
+      <c r="D869" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="870" spans="1:4">
+      <c r="B870" s="6">
+        <v>46056.312546296</v>
+      </c>
+      <c r="C870" s="1">
+        <v>3.015</v>
+      </c>
+      <c r="D870" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="871" spans="1:4">
+      <c r="B871" s="6">
+        <v>46057.312546296</v>
+      </c>
+      <c r="C871" s="1">
+        <v>2.856</v>
+      </c>
+      <c r="D871" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="872" spans="1:4">
+      <c r="B872" s="6">
+        <v>46058.312546296</v>
+      </c>
+      <c r="C872" s="1">
+        <v>2.787</v>
+      </c>
+      <c r="D872" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="873" spans="1:4">
+      <c r="B873" s="6">
+        <v>46059.312546296</v>
+      </c>
+      <c r="C873" s="1">
+        <v>2.723</v>
+      </c>
+      <c r="D873" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="874" spans="1:4">
+      <c r="B874" s="6">
+        <v>46060.312546296</v>
+      </c>
+      <c r="C874" s="1">
+        <v>2.66</v>
+      </c>
+      <c r="D874" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="875" spans="1:4">
+      <c r="B875" s="6">
+        <v>46061.312546296</v>
+      </c>
+      <c r="C875" s="1">
+        <v>2.603</v>
+      </c>
+      <c r="D875" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="876" spans="1:4">
+      <c r="B876" s="6">
+        <v>46062.312546296</v>
+      </c>
+      <c r="C876" s="1">
+        <v>2.578</v>
+      </c>
+      <c r="D876" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="877" spans="1:4">
+      <c r="B877" s="6">
+        <v>46063.312546296</v>
+      </c>
+      <c r="C877" s="1">
+        <v>2.55</v>
+      </c>
+      <c r="D877" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="878" spans="1:4">
+      <c r="B878" s="6">
+        <v>46064.312546296</v>
+      </c>
+      <c r="C878" s="1">
+        <v>2.609</v>
+      </c>
+      <c r="D878" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="879" spans="1:4">
+      <c r="B879" s="6">
+        <v>46065.312546296</v>
+      </c>
+      <c r="C879" s="1">
+        <v>2.703</v>
+      </c>
+      <c r="D879" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="880" spans="1:4">
+      <c r="B880" s="6">
+        <v>46066.312546296</v>
+      </c>
+      <c r="C880" s="1">
+        <v>2.795</v>
+      </c>
+      <c r="D880" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="881" spans="1:4">
+      <c r="B881" s="6">
+        <v>46067.312546296</v>
+      </c>
+      <c r="C881" s="1">
+        <v>2.872</v>
+      </c>
+      <c r="D881" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="882" spans="1:4">
+      <c r="B882" s="6">
+        <v>46068.312546296</v>
+      </c>
+      <c r="C882" s="1">
+        <v>2.925</v>
+      </c>
+      <c r="D882" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="883" spans="1:4">
+      <c r="B883" s="6">
+        <v>46069.312546296</v>
+      </c>
+      <c r="C883" s="1">
+        <v>2.964</v>
+      </c>
+      <c r="D883" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="884" spans="1:4">
+      <c r="B884" s="6">
+        <v>46070.312546296</v>
+      </c>
+      <c r="C884" s="1">
+        <v>2.997</v>
+      </c>
+      <c r="D884" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="885" spans="1:4">
+      <c r="B885" s="6">
+        <v>46071.312546296</v>
+      </c>
+      <c r="C885" s="1">
+        <v>3.033</v>
+      </c>
+      <c r="D885" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="886" spans="1:4">
+      <c r="B886" s="6">
+        <v>46072.312546296</v>
+      </c>
+      <c r="C886" s="1">
+        <v>3.142</v>
+      </c>
+      <c r="D886" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="887" spans="1:4">
+      <c r="B887" s="6">
+        <v>46073.312546296</v>
+      </c>
+      <c r="C887" s="1">
+        <v>3.192</v>
+      </c>
+      <c r="D887" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="888" spans="1:4">
+      <c r="B888" s="6">
+        <v>46074.312546296</v>
+      </c>
+      <c r="C888" s="1">
+        <v>3.172</v>
+      </c>
+      <c r="D888" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="889" spans="1:4">
+      <c r="B889" s="6">
+        <v>46075.312546296</v>
+      </c>
+      <c r="C889" s="1">
+        <v>3.124</v>
+      </c>
+      <c r="D889" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="890" spans="1:4">
+      <c r="B890" s="6">
+        <v>46076.312546296</v>
+      </c>
+      <c r="C890" s="1">
+        <v>3.059</v>
+      </c>
+      <c r="D890" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="891" spans="1:4">
+      <c r="B891" s="6">
+        <v>46077.312546296</v>
+      </c>
+      <c r="C891" s="1">
+        <v>3.008</v>
+      </c>
+      <c r="D891" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="892" spans="1:4">
+      <c r="B892" s="6">
+        <v>46078.312546296</v>
+      </c>
+      <c r="C892" s="1">
+        <v>2.924</v>
+      </c>
+      <c r="D892" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="893" spans="1:4">
+      <c r="B893" s="6">
+        <v>46079.312546296</v>
+      </c>
+      <c r="C893" s="1">
+        <v>2.841</v>
+      </c>
+      <c r="D893" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="894" spans="1:4">
+      <c r="B894" s="6">
+        <v>46080.312546296</v>
+      </c>
+      <c r="C894" s="1">
+        <v>2.766</v>
+      </c>
+      <c r="D894" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="895" spans="1:4">
+      <c r="B895" s="6">
+        <v>46081.312546296</v>
+      </c>
+      <c r="C895" s="1">
+        <v>2.696</v>
+      </c>
+      <c r="D895" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="896" spans="1:4">
+      <c r="B896" s="6">
+        <v>46082.312546296</v>
+      </c>
+      <c r="C896" s="1">
+        <v>2.631</v>
+      </c>
+      <c r="D896" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="897" spans="1:4">
+      <c r="B897" s="6">
+        <v>46083.312546296</v>
+      </c>
+      <c r="C897" s="1">
+        <v>2.573</v>
+      </c>
+      <c r="D897" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="898" spans="1:4">
+      <c r="B898" s="7">
+        <v>46084.312546296</v>
+      </c>
+      <c r="C898" s="9">
+        <v>2.531</v>
+      </c>
+      <c r="D898" s="12" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B9:D9"/>
   <mergeCells>
     <mergeCell ref="B8:D8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>